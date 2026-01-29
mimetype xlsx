--- v0 (2025-10-31)
+++ v1 (2026-01-29)
@@ -5,71 +5,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Света\Documents\Светлана\СРО СОЮЗ АУ ПРАВОСОЗНАНИЕ\Жалобы\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C6B31DBC-7DDE-4774-8DD2-2D60F154F4B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB4D45A9-35E8-4EAE-9D4D-977578939026}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Лист1!$A$1:$U$49</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Лист1!$A$1:$U$72</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="494" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="733" uniqueCount="442">
   <si>
     <t>№ по Сводному реестру</t>
   </si>
   <si>
     <t>Реквизиты жалобы</t>
   </si>
   <si>
     <t>Дата поступления жалобы в СРО</t>
   </si>
   <si>
     <t>Фамилия</t>
   </si>
   <si>
     <t>Имя</t>
   </si>
   <si>
     <t>Отчество</t>
   </si>
   <si>
     <t>Наименование организации-должника</t>
   </si>
   <si>
     <t>Номер дела</t>
   </si>
   <si>
@@ -1010,102 +1010,427 @@
   <si>
     <t>07.08.2025            05.09.2025</t>
   </si>
   <si>
     <t>5536           6270</t>
   </si>
   <si>
     <t>07.08.2025               05.09.2025</t>
   </si>
   <si>
     <t>5538            6268</t>
   </si>
   <si>
     <t>07.08.2025           05.09.2025</t>
   </si>
   <si>
     <t>5539             6277</t>
   </si>
   <si>
     <t>07.08.2025        05.09.2025</t>
   </si>
   <si>
     <t>5537             6279</t>
   </si>
   <si>
-    <t xml:space="preserve">продление </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">участник ООО «Терра Групп» Галимов И.М. </t>
   </si>
   <si>
     <t xml:space="preserve">Галиуллин
 </t>
   </si>
   <si>
     <t>Рустем</t>
   </si>
   <si>
     <t>Ринатович</t>
   </si>
   <si>
     <t>ООО «Терра Групп»</t>
   </si>
   <si>
     <t>А65-3574/2025.</t>
   </si>
   <si>
     <t>Не принятие мер по возврату имущества   ограничение Заявителя в пользовании его имуществом, действует в интересах отдельных 
 кредиторов,  не предоставление  копии отчетов и документов.  , касающихся 
 процедуры банкротства.</t>
   </si>
   <si>
     <t>ИП Дорофеева К.Н.</t>
   </si>
   <si>
     <t xml:space="preserve">ООО «Байкал-Транс» </t>
   </si>
   <si>
     <t>А10-5974/2018</t>
   </si>
   <si>
     <t>необоснованная отмена торгов  права требования к Степановой И.С.</t>
   </si>
   <si>
     <t>5946     6692</t>
   </si>
   <si>
     <t>25.08.2025   19.09.2025</t>
   </si>
   <si>
     <t>6404  7046/1</t>
   </si>
   <si>
     <t>09.09.2025  03.10.2025</t>
   </si>
   <si>
     <t>4421    5200    5201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПАО «Совкомбанк» </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Косинский </t>
+  </si>
+  <si>
+    <t>Олег</t>
+  </si>
+  <si>
+    <t>Викторович</t>
+  </si>
+  <si>
+    <t>Тен А.А.</t>
+  </si>
+  <si>
+    <t>А32-34792/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14-18/16923-э </t>
+  </si>
+  <si>
+    <t>не опубликование в газете «Коммерсантъ» сообщения о результатах проведения 21.09.2022г. торгов по реализации имущества ООО «Гемонт</t>
+  </si>
+  <si>
+    <t>А56-34089/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">определение Арбитражного суда города Санкт-Петербурга и Ленинградской области </t>
+  </si>
+  <si>
+    <t>Малышева П.А.</t>
+  </si>
+  <si>
+    <t>не исполнение процессуальных обязанностей (не предоставление отчета)</t>
+  </si>
+  <si>
+    <t>Добротин А.В.</t>
+  </si>
+  <si>
+    <t>не включение требования бывшего работника в реестр текущих платежей</t>
+  </si>
+  <si>
+    <t>представитель кредитора Равун М.Г. Лебедь С.И.</t>
+  </si>
+  <si>
+    <t>Малышев М.В.</t>
+  </si>
+  <si>
+    <t>А40-
+263350/2022</t>
+  </si>
+  <si>
+    <t>не оспаривание сделок должника, не предоставление документов по запросу кредитора</t>
+  </si>
+  <si>
+    <t>Романов В.М.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО «ТД «Славянский ЖБИ» </t>
+  </si>
+  <si>
+    <t>А32-57215/2022</t>
+  </si>
+  <si>
+    <t>не проведение инвентаризации, не сдача документов в архив, нарушение порядка ведения реестра требований кредиторов, не проведение финансового анализа</t>
+  </si>
+  <si>
+    <t>Кабанкова Т.Г.</t>
+  </si>
+  <si>
+    <t>Куцевольский В.В.</t>
+  </si>
+  <si>
+    <t>Барабанова Д.А.</t>
+  </si>
+  <si>
+    <t>6977        7455</t>
+  </si>
+  <si>
+    <t>01.10.2025    21.10.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Приостановление </t>
+  </si>
+  <si>
+    <t>приостановлено/ прекращено</t>
+  </si>
+  <si>
+    <t>2068  8244</t>
+  </si>
+  <si>
+    <t>02.04.2025    17.11.2025</t>
+  </si>
+  <si>
+    <t>Прокопенко С.А.</t>
+  </si>
+  <si>
+    <t>ООО "УЮТ"</t>
+  </si>
+  <si>
+    <t>А40-98863/2020</t>
+  </si>
+  <si>
+    <t>указание неверного юридического адреса</t>
+  </si>
+  <si>
+    <t>необоснованная подача заявления о наложении обеспечительных мер на денсредства участника</t>
+  </si>
+  <si>
+    <t>28-02/25-10509</t>
+  </si>
+  <si>
+    <t>Управление Росреестра по Амурской области</t>
+  </si>
+  <si>
+    <t>ООО «Амуртехторг»</t>
+  </si>
+  <si>
+    <t xml:space="preserve">А04-
+9617/2018 </t>
+  </si>
+  <si>
+    <t>не выплата вознаграждения предыдущему конкурсному управляющему, нарушение порядка составления отчета</t>
+  </si>
+  <si>
+    <t>Гарипов Д.К.</t>
+  </si>
+  <si>
+    <t>Вилисов</t>
+  </si>
+  <si>
+    <t>Владимирович</t>
+  </si>
+  <si>
+    <t>А65-34365/2024</t>
+  </si>
+  <si>
+    <t>не предоставление отчета ФУ</t>
+  </si>
+  <si>
+    <t>отказ от жалобы</t>
+  </si>
+  <si>
+    <t>Исорг 644/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабанкова Т.Г. </t>
+  </si>
+  <si>
+    <t>Буловацкая А.А.</t>
+  </si>
+  <si>
+    <t>А40-151899/2024</t>
+  </si>
+  <si>
+    <t>нарушение срока опубликования сообщений на ЕФРСБ</t>
+  </si>
+  <si>
+    <t>Исорг 646/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Куцевольский В.В. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ООО "ПОЛИМЕД" </t>
+  </si>
+  <si>
+    <t xml:space="preserve">А40-145114/2024 </t>
+  </si>
+  <si>
+    <t>нарушение срока опубликования сообщения о банкротстве ООО "Полимед"</t>
+  </si>
+  <si>
+    <t>Скляренко</t>
+  </si>
+  <si>
+    <t>Виктория</t>
+  </si>
+  <si>
+    <t>Борисовна</t>
+  </si>
+  <si>
+    <t>гр. Якубов Р.З.</t>
+  </si>
+  <si>
+    <t>А32-6647/2025</t>
+  </si>
+  <si>
+    <t>не предоставление информации относительно залогового имущества должника</t>
+  </si>
+  <si>
+    <t>Яицкий А.А.</t>
+  </si>
+  <si>
+    <t>нарушения при проведении процедур банкротства</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 14-18/20140-э</t>
+  </si>
+  <si>
+    <t>Тимергазина Л.Р.</t>
+  </si>
+  <si>
+    <t>А65-1115/2021</t>
+  </si>
+  <si>
+    <t>не направление отчетов кредиторам,  не проведение торгов</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 14-18/20146-э</t>
+  </si>
+  <si>
+    <t>нарушение порядка составления отчета, снятие денежных срелсив</t>
+  </si>
+  <si>
+    <t>7773    8509</t>
+  </si>
+  <si>
+    <t>30.10.2025    25.11.2025</t>
+  </si>
+  <si>
+    <t>8008    8507</t>
+  </si>
+  <si>
+    <t>06.11.2025    25.11.2025</t>
+  </si>
+  <si>
+    <t>8242   8888</t>
+  </si>
+  <si>
+    <t>17.11.2025  09.12.2025</t>
+  </si>
+  <si>
+    <t>8426   9146</t>
+  </si>
+  <si>
+    <t>24.11.2025  17.12.2025</t>
+  </si>
+  <si>
+    <t>8762    8985</t>
+  </si>
+  <si>
+    <t>02.12.2025    10.12.2025</t>
+  </si>
+  <si>
+    <t>направлено заявление о привлечении к административной ответсвенности № А10-7643/2025, №А10-5955/2025</t>
+  </si>
+  <si>
+    <t>Не применять в отношении Лаптева С.А. меры дисциплинарного воздействия.</t>
+  </si>
+  <si>
+    <t>б\д</t>
+  </si>
+  <si>
+    <t>гр. Идиятуллин М.Х.</t>
+  </si>
+  <si>
+    <t>Абубакиров</t>
+  </si>
+  <si>
+    <t>Марат</t>
+  </si>
+  <si>
+    <t>Фаритович</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A65-4173/2024 </t>
+  </si>
+  <si>
+    <t>затягивание  мероприятий по розыску имущества должника</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17а-05077/2025 </t>
+  </si>
+  <si>
+    <t>Управление Росреестра по Московской области</t>
+  </si>
+  <si>
+    <t>Медведев А.А.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">А41-45091/2023 </t>
+  </si>
+  <si>
+    <t>не соблюдения срок опубликования сведений о введении процедуры банкротства в отношении Медведева А.А.</t>
+  </si>
+  <si>
+    <t>Нефедов Е.В.</t>
+  </si>
+  <si>
+    <t>Железов</t>
+  </si>
+  <si>
+    <t>Василий</t>
+  </si>
+  <si>
+    <t>Николаевич</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Боровинских О.В. </t>
+  </si>
+  <si>
+    <t>А76
+2019/2021</t>
+  </si>
+  <si>
+    <t>не предоставление ответа на запросы, не оспаривание сделок</t>
+  </si>
+  <si>
+    <t>гр. Гулькин  А.Ю., гр. Шашин Д.С.</t>
+  </si>
+  <si>
+    <t>А10-231/2025 А10-494/2025</t>
+  </si>
+  <si>
+    <t>10.12.2025      26.12.2025</t>
+  </si>
+  <si>
+    <t>8907   9360</t>
+  </si>
+  <si>
+    <t>9206       75</t>
+  </si>
+  <si>
+    <t>19.12.2025     14.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
@@ -1235,51 +1560,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1419,50 +1744,80 @@
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="91" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
@@ -1760,166 +2115,166 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AR49"/>
+  <dimension ref="A1:AR72"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A45" zoomScale="70" zoomScaleNormal="88" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="Q25" sqref="Q25"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A67" zoomScale="70" zoomScaleNormal="88" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="P67" sqref="P67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="9.109375" style="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.6640625" style="15" customWidth="1"/>
     <col min="4" max="4" width="11.33203125" style="15" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.33203125" style="15" customWidth="1"/>
     <col min="6" max="6" width="18.44140625" style="15" customWidth="1"/>
     <col min="7" max="7" width="17.44140625" style="15" customWidth="1"/>
     <col min="8" max="8" width="11" style="15" customWidth="1"/>
     <col min="9" max="9" width="17" style="15" customWidth="1"/>
     <col min="10" max="10" width="17.5546875" style="15" customWidth="1"/>
     <col min="11" max="11" width="17.77734375" style="15" customWidth="1"/>
     <col min="12" max="12" width="22.6640625" style="15" customWidth="1"/>
     <col min="13" max="13" width="12.44140625" style="15" customWidth="1"/>
     <col min="14" max="14" width="22.88671875" style="15" customWidth="1"/>
     <col min="15" max="15" width="12.6640625" style="15" customWidth="1"/>
     <col min="16" max="16" width="17" style="7" customWidth="1"/>
     <col min="17" max="17" width="9.88671875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" s="1" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="14"/>
-      <c r="B1" s="64" t="s">
+      <c r="B1" s="74" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="65" t="s">
+      <c r="C1" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="65"/>
-      <c r="E1" s="65" t="s">
+      <c r="D1" s="75"/>
+      <c r="E1" s="75" t="s">
         <v>2</v>
       </c>
-      <c r="F1" s="65"/>
-      <c r="G1" s="64" t="s">
+      <c r="F1" s="75"/>
+      <c r="G1" s="74" t="s">
         <v>3</v>
       </c>
-      <c r="H1" s="64" t="s">
+      <c r="H1" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="I1" s="64" t="s">
+      <c r="I1" s="74" t="s">
         <v>5</v>
       </c>
-      <c r="J1" s="65" t="s">
+      <c r="J1" s="75" t="s">
         <v>6</v>
       </c>
-      <c r="K1" s="65" t="s">
+      <c r="K1" s="75" t="s">
         <v>7</v>
       </c>
-      <c r="L1" s="65" t="s">
+      <c r="L1" s="75" t="s">
         <v>8</v>
       </c>
-      <c r="M1" s="65" t="s">
+      <c r="M1" s="75" t="s">
         <v>9</v>
       </c>
-      <c r="N1" s="65"/>
-      <c r="O1" s="65" t="s">
+      <c r="N1" s="75"/>
+      <c r="O1" s="75" t="s">
         <v>10</v>
       </c>
-      <c r="P1" s="65"/>
-      <c r="Q1" s="67" t="s">
+      <c r="P1" s="75"/>
+      <c r="Q1" s="77" t="s">
         <v>11</v>
       </c>
-      <c r="R1" s="68"/>
-[...1 lines deleted...]
-      <c r="T1" s="68" t="s">
+      <c r="R1" s="78"/>
+      <c r="S1" s="78"/>
+      <c r="T1" s="78" t="s">
         <v>12</v>
       </c>
-      <c r="U1" s="68"/>
+      <c r="U1" s="78"/>
     </row>
     <row r="2" spans="1:44" s="1" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="14"/>
-      <c r="B2" s="64"/>
-[...18 lines deleted...]
-      <c r="U2" s="68"/>
+      <c r="B2" s="74"/>
+      <c r="C2" s="76"/>
+      <c r="D2" s="76"/>
+      <c r="E2" s="75"/>
+      <c r="F2" s="75"/>
+      <c r="G2" s="74"/>
+      <c r="H2" s="74"/>
+      <c r="I2" s="74"/>
+      <c r="J2" s="75"/>
+      <c r="K2" s="75"/>
+      <c r="L2" s="75"/>
+      <c r="M2" s="75"/>
+      <c r="N2" s="75"/>
+      <c r="O2" s="75"/>
+      <c r="P2" s="75"/>
+      <c r="Q2" s="79"/>
+      <c r="R2" s="79"/>
+      <c r="S2" s="79"/>
+      <c r="T2" s="78"/>
+      <c r="U2" s="78"/>
     </row>
     <row r="3" spans="1:44" s="1" customFormat="1" ht="177" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="14"/>
-      <c r="B3" s="64"/>
+      <c r="B3" s="74"/>
       <c r="C3" s="13" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="E3" s="65"/>
-[...6 lines deleted...]
-      <c r="L3" s="65"/>
+      <c r="E3" s="75"/>
+      <c r="F3" s="75"/>
+      <c r="G3" s="74"/>
+      <c r="H3" s="74"/>
+      <c r="I3" s="74"/>
+      <c r="J3" s="75"/>
+      <c r="K3" s="75"/>
+      <c r="L3" s="75"/>
       <c r="M3" s="13" t="s">
         <v>15</v>
       </c>
       <c r="N3" s="13" t="s">
         <v>16</v>
       </c>
       <c r="O3" s="13" t="s">
         <v>15</v>
       </c>
       <c r="P3" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q3" s="16" t="s">
         <v>17</v>
       </c>
       <c r="R3" s="17" t="s">
         <v>18</v>
       </c>
       <c r="S3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="T3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="U3" s="2" t="s">
@@ -2359,59 +2714,59 @@
       <c r="F10" s="31" t="s">
         <v>71</v>
       </c>
       <c r="G10" s="29" t="s">
         <v>72</v>
       </c>
       <c r="H10" s="29" t="s">
         <v>73</v>
       </c>
       <c r="I10" s="29" t="s">
         <v>66</v>
       </c>
       <c r="J10" s="19" t="s">
         <v>74</v>
       </c>
       <c r="K10" s="19" t="s">
         <v>75</v>
       </c>
       <c r="L10" s="19" t="s">
         <v>76</v>
       </c>
       <c r="M10" s="20">
         <v>45748</v>
       </c>
       <c r="N10" s="19" t="s">
-        <v>77</v>
+        <v>362</v>
       </c>
       <c r="O10" s="19"/>
       <c r="P10" s="27"/>
-      <c r="Q10" s="18">
-[...3 lines deleted...]
-        <v>45749</v>
+      <c r="Q10" s="18" t="s">
+        <v>363</v>
+      </c>
+      <c r="R10" s="34" t="s">
+        <v>364</v>
       </c>
       <c r="S10" s="25"/>
       <c r="T10" s="25"/>
       <c r="U10" s="25"/>
     </row>
     <row r="11" spans="1:44" ht="218.4" x14ac:dyDescent="0.3">
       <c r="A11" s="43">
         <v>8</v>
       </c>
       <c r="B11" s="52">
         <v>109</v>
       </c>
       <c r="C11" s="52">
         <v>8</v>
       </c>
       <c r="D11" s="53">
         <v>45733</v>
       </c>
       <c r="E11" s="53">
         <v>45754</v>
       </c>
       <c r="F11" s="52" t="s">
         <v>78</v>
       </c>
       <c r="G11" s="52" t="s">
@@ -3151,51 +3506,51 @@
       </c>
       <c r="K24" s="19" t="s">
         <v>135</v>
       </c>
       <c r="L24" s="19" t="s">
         <v>158</v>
       </c>
       <c r="M24" s="20">
         <v>45811</v>
       </c>
       <c r="N24" s="32" t="s">
         <v>44</v>
       </c>
       <c r="O24" s="11"/>
       <c r="P24" s="38"/>
       <c r="Q24" s="42">
         <v>4007</v>
       </c>
       <c r="R24" s="41">
         <v>45818</v>
       </c>
       <c r="S24" s="25"/>
       <c r="T24" s="25"/>
       <c r="U24" s="25"/>
     </row>
-    <row r="25" spans="1:21" ht="93.6" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:21" ht="78" x14ac:dyDescent="0.3">
       <c r="A25" s="43">
         <v>22</v>
       </c>
       <c r="B25" s="19">
         <v>9992</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="20">
         <v>45791</v>
       </c>
       <c r="E25" s="20">
         <v>45791</v>
       </c>
       <c r="F25" s="19" t="s">
         <v>159</v>
       </c>
       <c r="G25" s="19" t="s">
         <v>101</v>
       </c>
       <c r="H25" s="19" t="s">
         <v>102</v>
       </c>
       <c r="I25" s="19" t="s">
@@ -3256,51 +3611,51 @@
       </c>
       <c r="H26" s="54" t="s">
         <v>165</v>
       </c>
       <c r="I26" s="54" t="s">
         <v>166</v>
       </c>
       <c r="J26" s="54" t="s">
         <v>167</v>
       </c>
       <c r="K26" s="54" t="s">
         <v>168</v>
       </c>
       <c r="L26" s="52" t="s">
         <v>169</v>
       </c>
       <c r="M26" s="53">
         <v>45824</v>
       </c>
       <c r="N26" s="52" t="s">
         <v>43</v>
       </c>
       <c r="O26" s="52"/>
       <c r="P26" s="52"/>
       <c r="Q26" s="43" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="R26" s="44" t="s">
         <v>214</v>
       </c>
       <c r="S26" s="25"/>
       <c r="T26" s="25"/>
       <c r="U26" s="25"/>
     </row>
     <row r="27" spans="1:21" ht="78" x14ac:dyDescent="0.3">
       <c r="A27" s="43">
         <v>24</v>
       </c>
       <c r="B27" s="52">
         <v>22080</v>
       </c>
       <c r="C27" s="52" t="s">
         <v>28</v>
       </c>
       <c r="D27" s="52" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="53">
         <v>45804</v>
       </c>
       <c r="F27" s="52" t="s">
@@ -3379,51 +3734,51 @@
       </c>
       <c r="K28" s="52" t="s">
         <v>176</v>
       </c>
       <c r="L28" s="52" t="s">
         <v>177</v>
       </c>
       <c r="M28" s="53">
         <v>45838</v>
       </c>
       <c r="N28" s="52" t="s">
         <v>178</v>
       </c>
       <c r="O28" s="52"/>
       <c r="P28" s="52"/>
       <c r="Q28" s="43">
         <v>4756</v>
       </c>
       <c r="R28" s="44">
         <v>45845</v>
       </c>
       <c r="S28" s="25"/>
       <c r="T28" s="25"/>
       <c r="U28" s="25"/>
     </row>
-    <row r="29" spans="1:21" ht="156" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:21" ht="140.4" x14ac:dyDescent="0.3">
       <c r="A29" s="43">
         <v>26</v>
       </c>
       <c r="B29" s="52">
         <v>16019</v>
       </c>
       <c r="C29" s="52" t="s">
         <v>179</v>
       </c>
       <c r="D29" s="53">
         <v>45819</v>
       </c>
       <c r="E29" s="53">
         <v>45824</v>
       </c>
       <c r="F29" s="52" t="s">
         <v>180</v>
       </c>
       <c r="G29" s="52" t="s">
         <v>181</v>
       </c>
       <c r="H29" s="52" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="52" t="s">
@@ -4243,113 +4598,113 @@
       <c r="I43" s="52" t="s">
         <v>25</v>
       </c>
       <c r="J43" s="54" t="s">
         <v>107</v>
       </c>
       <c r="K43" s="54" t="s">
         <v>108</v>
       </c>
       <c r="L43" s="52" t="s">
         <v>262</v>
       </c>
       <c r="M43" s="53">
         <v>45888</v>
       </c>
       <c r="N43" s="52" t="s">
         <v>54</v>
       </c>
       <c r="O43" s="53">
         <v>45919</v>
       </c>
       <c r="P43" s="52" t="s">
         <v>268</v>
       </c>
       <c r="Q43" s="49" t="s">
+        <v>329</v>
+      </c>
+      <c r="R43" s="34" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="S43" s="25"/>
       <c r="T43" s="25"/>
       <c r="U43" s="25"/>
     </row>
-    <row r="44" spans="1:21" ht="156" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:21" ht="140.4" x14ac:dyDescent="0.3">
       <c r="A44" s="43">
         <v>41</v>
       </c>
       <c r="B44" s="52">
         <v>14938</v>
       </c>
       <c r="C44" s="52" t="s">
         <v>269</v>
       </c>
       <c r="D44" s="53">
         <v>45883</v>
       </c>
       <c r="E44" s="53">
         <v>45884</v>
       </c>
       <c r="F44" s="52" t="s">
         <v>270</v>
       </c>
       <c r="G44" s="52" t="s">
         <v>271</v>
       </c>
       <c r="H44" s="52" t="s">
         <v>272</v>
       </c>
       <c r="I44" s="52" t="s">
         <v>273</v>
       </c>
       <c r="J44" s="52" t="s">
         <v>274</v>
       </c>
       <c r="K44" s="52" t="s">
         <v>275</v>
       </c>
       <c r="L44" s="52" t="s">
         <v>276</v>
       </c>
       <c r="M44" s="53">
         <v>45905</v>
       </c>
       <c r="N44" s="52" t="s">
         <v>54</v>
       </c>
       <c r="O44" s="53">
         <v>45929</v>
       </c>
       <c r="P44" s="52" t="s">
         <v>268</v>
       </c>
       <c r="Q44" s="50" t="s">
+        <v>331</v>
+      </c>
+      <c r="R44" s="34" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="S44" s="25"/>
       <c r="T44" s="25"/>
       <c r="U44" s="25"/>
     </row>
     <row r="45" spans="1:21" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A45" s="11">
         <v>42</v>
       </c>
       <c r="B45" s="58">
         <v>15314</v>
       </c>
       <c r="C45" s="52" t="s">
         <v>277</v>
       </c>
       <c r="D45" s="53">
         <v>45882</v>
       </c>
       <c r="E45" s="53">
         <v>45898</v>
       </c>
       <c r="F45" s="52" t="s">
         <v>278</v>
       </c>
       <c r="G45" s="52" t="s">
@@ -4462,163 +4817,1458 @@
       <c r="F47" s="52" t="s">
         <v>292</v>
       </c>
       <c r="G47" s="52" t="s">
         <v>293</v>
       </c>
       <c r="H47" s="52" t="s">
         <v>294</v>
       </c>
       <c r="I47" s="52" t="s">
         <v>295</v>
       </c>
       <c r="J47" s="52" t="s">
         <v>296</v>
       </c>
       <c r="K47" s="52" t="s">
         <v>297</v>
       </c>
       <c r="L47" s="52" t="s">
         <v>298</v>
       </c>
       <c r="M47" s="53">
         <v>45924</v>
       </c>
       <c r="N47" s="52" t="s">
-        <v>318</v>
+        <v>43</v>
       </c>
       <c r="O47" s="52"/>
       <c r="P47" s="55"/>
-      <c r="Q47" s="51">
-[...3 lines deleted...]
-        <v>45931</v>
+      <c r="Q47" s="51" t="s">
+        <v>359</v>
+      </c>
+      <c r="R47" s="34" t="s">
+        <v>360</v>
       </c>
       <c r="S47" s="25"/>
       <c r="T47" s="25"/>
       <c r="U47" s="25"/>
     </row>
     <row r="48" spans="1:21" ht="234" x14ac:dyDescent="0.3">
       <c r="A48" s="59">
         <v>45</v>
       </c>
       <c r="B48" s="60">
         <v>8816</v>
       </c>
       <c r="C48" s="60" t="s">
         <v>28</v>
       </c>
       <c r="D48" s="61">
         <v>45909</v>
       </c>
       <c r="E48" s="61">
         <v>45916</v>
       </c>
       <c r="F48" s="60" t="s">
+        <v>318</v>
+      </c>
+      <c r="G48" s="60" t="s">
         <v>319</v>
       </c>
-      <c r="G48" s="60" t="s">
+      <c r="H48" s="60" t="s">
         <v>320</v>
       </c>
-      <c r="H48" s="60" t="s">
+      <c r="I48" s="60" t="s">
         <v>321</v>
       </c>
-      <c r="I48" s="60" t="s">
+      <c r="J48" s="60" t="s">
         <v>322</v>
       </c>
-      <c r="J48" s="60" t="s">
+      <c r="K48" s="62" t="s">
         <v>323</v>
       </c>
-      <c r="K48" s="62" t="s">
+      <c r="L48" s="60" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="M48" s="61">
         <v>45936</v>
       </c>
       <c r="N48" s="60" t="s">
         <v>178</v>
       </c>
       <c r="O48" s="60"/>
       <c r="P48" s="63"/>
-      <c r="Q48" s="51"/>
-      <c r="R48" s="51"/>
+      <c r="Q48" s="51">
+        <v>7258</v>
+      </c>
+      <c r="R48" s="34">
+        <v>45943</v>
+      </c>
       <c r="S48" s="25"/>
       <c r="T48" s="25"/>
       <c r="U48" s="25"/>
     </row>
-    <row r="49" spans="1:21" ht="55.2" x14ac:dyDescent="0.3">
-      <c r="A49" s="11">
+    <row r="49" spans="1:21" ht="96.6" x14ac:dyDescent="0.3">
+      <c r="A49" s="71">
         <v>46</v>
       </c>
-      <c r="B49" s="11">
+      <c r="B49" s="71">
         <v>9992</v>
       </c>
-      <c r="C49" s="12">
+      <c r="C49" s="72">
         <v>45918</v>
       </c>
-      <c r="D49" s="12">
+      <c r="D49" s="72">
         <v>45791</v>
       </c>
-      <c r="E49" s="12">
+      <c r="E49" s="72">
         <v>45933</v>
       </c>
-      <c r="F49" s="11" t="s">
+      <c r="F49" s="71" t="s">
+        <v>325</v>
+      </c>
+      <c r="G49" s="71" t="s">
+        <v>101</v>
+      </c>
+      <c r="H49" s="71" t="s">
+        <v>102</v>
+      </c>
+      <c r="I49" s="71" t="s">
+        <v>103</v>
+      </c>
+      <c r="J49" s="73" t="s">
         <v>326</v>
       </c>
-      <c r="G49" s="11" t="s">
-[...8 lines deleted...]
-      <c r="J49" s="15" t="s">
+      <c r="K49" s="71" t="s">
         <v>327</v>
       </c>
-      <c r="K49" s="11" t="s">
+      <c r="L49" s="71" t="s">
         <v>328</v>
       </c>
-      <c r="L49" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M49" s="12">
+      <c r="M49" s="72">
         <v>45953</v>
       </c>
-      <c r="N49" s="11"/>
-[...3 lines deleted...]
-      <c r="R49" s="51"/>
+      <c r="N49" s="71" t="s">
+        <v>361</v>
+      </c>
+      <c r="O49" s="71"/>
+      <c r="P49" s="71" t="s">
+        <v>415</v>
+      </c>
+      <c r="Q49" s="51">
+        <v>7651</v>
+      </c>
+      <c r="R49" s="34">
+        <v>45958</v>
+      </c>
       <c r="S49" s="25"/>
       <c r="T49" s="25"/>
       <c r="U49" s="25"/>
+    </row>
+    <row r="50" spans="1:21" ht="140.4" x14ac:dyDescent="0.3">
+      <c r="A50" s="11">
+        <v>47</v>
+      </c>
+      <c r="B50" s="52">
+        <v>15743</v>
+      </c>
+      <c r="C50" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D50" s="52" t="s">
+        <v>45</v>
+      </c>
+      <c r="E50" s="53">
+        <v>45937</v>
+      </c>
+      <c r="F50" s="52" t="s">
+        <v>334</v>
+      </c>
+      <c r="G50" s="52" t="s">
+        <v>335</v>
+      </c>
+      <c r="H50" s="52" t="s">
+        <v>336</v>
+      </c>
+      <c r="I50" s="52" t="s">
+        <v>337</v>
+      </c>
+      <c r="J50" s="52" t="s">
+        <v>338</v>
+      </c>
+      <c r="K50" s="52" t="s">
+        <v>339</v>
+      </c>
+      <c r="L50" s="52" t="s">
+        <v>92</v>
+      </c>
+      <c r="M50" s="53">
+        <v>45957</v>
+      </c>
+      <c r="N50" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="O50" s="53">
+        <v>45986</v>
+      </c>
+      <c r="P50" s="52" t="s">
+        <v>268</v>
+      </c>
+      <c r="Q50" s="64" t="s">
+        <v>405</v>
+      </c>
+      <c r="R50" s="34" t="s">
+        <v>406</v>
+      </c>
+      <c r="S50" s="25"/>
+      <c r="T50" s="25"/>
+      <c r="U50" s="25"/>
+    </row>
+    <row r="51" spans="1:21" ht="156" x14ac:dyDescent="0.3">
+      <c r="A51" s="11">
+        <v>48</v>
+      </c>
+      <c r="B51" s="52">
+        <v>3233</v>
+      </c>
+      <c r="C51" s="52" t="s">
+        <v>340</v>
+      </c>
+      <c r="D51" s="53">
+        <v>45939</v>
+      </c>
+      <c r="E51" s="53">
+        <v>45939</v>
+      </c>
+      <c r="F51" s="52" t="s">
+        <v>228</v>
+      </c>
+      <c r="G51" s="52" t="s">
+        <v>131</v>
+      </c>
+      <c r="H51" s="52" t="s">
+        <v>132</v>
+      </c>
+      <c r="I51" s="52" t="s">
+        <v>133</v>
+      </c>
+      <c r="J51" s="52" t="s">
+        <v>236</v>
+      </c>
+      <c r="K51" s="52" t="s">
+        <v>237</v>
+      </c>
+      <c r="L51" s="52" t="s">
+        <v>341</v>
+      </c>
+      <c r="M51" s="53">
+        <v>45959</v>
+      </c>
+      <c r="N51" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="O51" s="53">
+        <v>45986</v>
+      </c>
+      <c r="P51" s="52" t="s">
+        <v>268</v>
+      </c>
+      <c r="Q51" s="64" t="s">
+        <v>407</v>
+      </c>
+      <c r="R51" s="34" t="s">
+        <v>408</v>
+      </c>
+      <c r="S51" s="25"/>
+      <c r="T51" s="25"/>
+      <c r="U51" s="25"/>
+    </row>
+    <row r="52" spans="1:21" ht="109.2" x14ac:dyDescent="0.3">
+      <c r="A52" s="11">
+        <v>49</v>
+      </c>
+      <c r="B52" s="52">
+        <v>23326</v>
+      </c>
+      <c r="C52" s="52" t="s">
+        <v>342</v>
+      </c>
+      <c r="D52" s="53">
+        <v>45944</v>
+      </c>
+      <c r="E52" s="53">
+        <v>45952</v>
+      </c>
+      <c r="F52" s="52" t="s">
+        <v>343</v>
+      </c>
+      <c r="G52" s="52" t="s">
+        <v>64</v>
+      </c>
+      <c r="H52" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="I52" s="52" t="s">
+        <v>66</v>
+      </c>
+      <c r="J52" s="52" t="s">
+        <v>344</v>
+      </c>
+      <c r="K52" s="52" t="s">
+        <v>342</v>
+      </c>
+      <c r="L52" s="52" t="s">
+        <v>345</v>
+      </c>
+      <c r="M52" s="53">
+        <v>45973</v>
+      </c>
+      <c r="N52" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="O52" s="53">
+        <v>46001</v>
+      </c>
+      <c r="P52" s="70" t="s">
+        <v>416</v>
+      </c>
+      <c r="Q52" s="67" t="s">
+        <v>413</v>
+      </c>
+      <c r="R52" s="34" t="s">
+        <v>414</v>
+      </c>
+      <c r="S52" s="25"/>
+      <c r="T52" s="25"/>
+      <c r="U52" s="25"/>
+    </row>
+    <row r="53" spans="1:21" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A53" s="11">
+        <v>50</v>
+      </c>
+      <c r="B53" s="52">
+        <v>14249</v>
+      </c>
+      <c r="C53" s="52" t="s">
+        <v>86</v>
+      </c>
+      <c r="D53" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="E53" s="53">
+        <v>45957</v>
+      </c>
+      <c r="F53" s="52" t="s">
+        <v>346</v>
+      </c>
+      <c r="G53" s="54" t="s">
+        <v>164</v>
+      </c>
+      <c r="H53" s="54" t="s">
+        <v>165</v>
+      </c>
+      <c r="I53" s="54" t="s">
+        <v>166</v>
+      </c>
+      <c r="J53" s="54" t="s">
+        <v>167</v>
+      </c>
+      <c r="K53" s="54" t="s">
+        <v>168</v>
+      </c>
+      <c r="L53" s="52" t="s">
+        <v>347</v>
+      </c>
+      <c r="M53" s="53">
+        <v>45978</v>
+      </c>
+      <c r="N53" s="52" t="s">
+        <v>43</v>
+      </c>
+      <c r="O53" s="52"/>
+      <c r="P53" s="55"/>
+      <c r="Q53" s="66" t="s">
+        <v>409</v>
+      </c>
+      <c r="R53" s="34" t="s">
+        <v>410</v>
+      </c>
+      <c r="S53" s="25"/>
+      <c r="T53" s="25"/>
+      <c r="U53" s="25"/>
+    </row>
+    <row r="54" spans="1:21" ht="78" x14ac:dyDescent="0.3">
+      <c r="A54" s="11">
+        <v>51</v>
+      </c>
+      <c r="B54" s="52">
+        <v>14938</v>
+      </c>
+      <c r="C54" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D54" s="53">
+        <v>45958</v>
+      </c>
+      <c r="E54" s="53">
+        <v>45958</v>
+      </c>
+      <c r="F54" s="52" t="s">
+        <v>348</v>
+      </c>
+      <c r="G54" s="52" t="s">
+        <v>271</v>
+      </c>
+      <c r="H54" s="52" t="s">
+        <v>272</v>
+      </c>
+      <c r="I54" s="52" t="s">
+        <v>273</v>
+      </c>
+      <c r="J54" s="52" t="s">
+        <v>349</v>
+      </c>
+      <c r="K54" s="52" t="s">
+        <v>350</v>
+      </c>
+      <c r="L54" s="52" t="s">
+        <v>351</v>
+      </c>
+      <c r="M54" s="53">
+        <v>45979</v>
+      </c>
+      <c r="N54" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="O54" s="53">
+        <v>46008</v>
+      </c>
+      <c r="P54" s="52" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q54" s="66" t="s">
+        <v>411</v>
+      </c>
+      <c r="R54" s="34" t="s">
+        <v>412</v>
+      </c>
+      <c r="S54" s="25"/>
+      <c r="T54" s="25"/>
+      <c r="U54" s="25"/>
+    </row>
+    <row r="55" spans="1:21" ht="140.4" x14ac:dyDescent="0.3">
+      <c r="A55" s="11">
+        <v>52</v>
+      </c>
+      <c r="B55" s="52">
+        <v>20437</v>
+      </c>
+      <c r="C55" s="52" t="s">
+        <v>86</v>
+      </c>
+      <c r="D55" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="E55" s="53">
+        <v>45960</v>
+      </c>
+      <c r="F55" s="52" t="s">
+        <v>352</v>
+      </c>
+      <c r="G55" s="52" t="s">
+        <v>26</v>
+      </c>
+      <c r="H55" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="I55" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="J55" s="52" t="s">
+        <v>353</v>
+      </c>
+      <c r="K55" s="52" t="s">
+        <v>354</v>
+      </c>
+      <c r="L55" s="52" t="s">
+        <v>355</v>
+      </c>
+      <c r="M55" s="53">
+        <v>45981</v>
+      </c>
+      <c r="N55" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O55" s="52"/>
+      <c r="P55" s="55"/>
+      <c r="Q55" s="42">
+        <v>8523</v>
+      </c>
+      <c r="R55" s="41">
+        <v>45986</v>
+      </c>
+      <c r="S55" s="25"/>
+      <c r="T55" s="25"/>
+      <c r="U55" s="25"/>
+    </row>
+    <row r="56" spans="1:21" ht="140.4" x14ac:dyDescent="0.3">
+      <c r="A56" s="11">
+        <v>53</v>
+      </c>
+      <c r="B56" s="52">
+        <v>20437</v>
+      </c>
+      <c r="C56" s="52" t="s">
+        <v>86</v>
+      </c>
+      <c r="D56" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="E56" s="53">
+        <v>45960</v>
+      </c>
+      <c r="F56" s="52" t="s">
+        <v>356</v>
+      </c>
+      <c r="G56" s="52" t="s">
+        <v>26</v>
+      </c>
+      <c r="H56" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="I56" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="J56" s="52" t="s">
+        <v>353</v>
+      </c>
+      <c r="K56" s="52" t="s">
+        <v>354</v>
+      </c>
+      <c r="L56" s="52" t="s">
+        <v>355</v>
+      </c>
+      <c r="M56" s="53">
+        <v>45981</v>
+      </c>
+      <c r="N56" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O56" s="52"/>
+      <c r="P56" s="55"/>
+      <c r="Q56" s="42">
+        <v>8521</v>
+      </c>
+      <c r="R56" s="41">
+        <v>45986</v>
+      </c>
+      <c r="S56" s="25"/>
+      <c r="T56" s="25"/>
+      <c r="U56" s="25"/>
+    </row>
+    <row r="57" spans="1:21" ht="140.4" x14ac:dyDescent="0.3">
+      <c r="A57" s="11">
+        <v>54</v>
+      </c>
+      <c r="B57" s="52">
+        <v>20437</v>
+      </c>
+      <c r="C57" s="52" t="s">
+        <v>86</v>
+      </c>
+      <c r="D57" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="E57" s="53">
+        <v>45960</v>
+      </c>
+      <c r="F57" s="52" t="s">
+        <v>357</v>
+      </c>
+      <c r="G57" s="52" t="s">
+        <v>26</v>
+      </c>
+      <c r="H57" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="I57" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="J57" s="52" t="s">
+        <v>353</v>
+      </c>
+      <c r="K57" s="52" t="s">
+        <v>354</v>
+      </c>
+      <c r="L57" s="52" t="s">
+        <v>355</v>
+      </c>
+      <c r="M57" s="53">
+        <v>45981</v>
+      </c>
+      <c r="N57" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O57" s="52"/>
+      <c r="P57" s="55"/>
+      <c r="Q57" s="42">
+        <v>8522</v>
+      </c>
+      <c r="R57" s="41">
+        <v>45986</v>
+      </c>
+      <c r="S57" s="25"/>
+      <c r="T57" s="25"/>
+      <c r="U57" s="25"/>
+    </row>
+    <row r="58" spans="1:21" ht="140.4" x14ac:dyDescent="0.3">
+      <c r="A58" s="11">
+        <v>55</v>
+      </c>
+      <c r="B58" s="52">
+        <v>20437</v>
+      </c>
+      <c r="C58" s="52" t="s">
+        <v>86</v>
+      </c>
+      <c r="D58" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="E58" s="53">
+        <v>45960</v>
+      </c>
+      <c r="F58" s="52" t="s">
+        <v>358</v>
+      </c>
+      <c r="G58" s="52" t="s">
+        <v>26</v>
+      </c>
+      <c r="H58" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="I58" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="J58" s="52" t="s">
+        <v>353</v>
+      </c>
+      <c r="K58" s="52" t="s">
+        <v>354</v>
+      </c>
+      <c r="L58" s="52" t="s">
+        <v>355</v>
+      </c>
+      <c r="M58" s="53">
+        <v>45981</v>
+      </c>
+      <c r="N58" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O58" s="52"/>
+      <c r="P58" s="55"/>
+      <c r="Q58" s="42">
+        <v>8520</v>
+      </c>
+      <c r="R58" s="41">
+        <v>45986</v>
+      </c>
+      <c r="S58" s="25"/>
+      <c r="T58" s="25"/>
+      <c r="U58" s="25"/>
+    </row>
+    <row r="59" spans="1:21" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A59" s="11">
+        <v>56</v>
+      </c>
+      <c r="B59" s="58">
+        <v>15314</v>
+      </c>
+      <c r="C59" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D59" s="53">
+        <v>45957</v>
+      </c>
+      <c r="E59" s="53">
+        <v>45972</v>
+      </c>
+      <c r="F59" s="52" t="s">
+        <v>365</v>
+      </c>
+      <c r="G59" s="52" t="s">
+        <v>279</v>
+      </c>
+      <c r="H59" s="52" t="s">
+        <v>280</v>
+      </c>
+      <c r="I59" s="52" t="s">
+        <v>281</v>
+      </c>
+      <c r="J59" s="52" t="s">
+        <v>366</v>
+      </c>
+      <c r="K59" s="52" t="s">
+        <v>367</v>
+      </c>
+      <c r="L59" s="52" t="s">
+        <v>368</v>
+      </c>
+      <c r="M59" s="53">
+        <v>45992</v>
+      </c>
+      <c r="N59" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O59" s="52"/>
+      <c r="P59" s="55"/>
+      <c r="Q59" s="42">
+        <v>8832</v>
+      </c>
+      <c r="R59" s="41">
+        <v>45996</v>
+      </c>
+      <c r="S59" s="25"/>
+      <c r="T59" s="25"/>
+      <c r="U59" s="25"/>
+    </row>
+    <row r="60" spans="1:21" ht="93.6" x14ac:dyDescent="0.3">
+      <c r="A60" s="11">
+        <v>57</v>
+      </c>
+      <c r="B60" s="60">
+        <v>8816</v>
+      </c>
+      <c r="C60" s="60" t="s">
+        <v>28</v>
+      </c>
+      <c r="D60" s="61">
+        <v>45968</v>
+      </c>
+      <c r="E60" s="61">
+        <v>45975</v>
+      </c>
+      <c r="F60" s="60" t="s">
+        <v>318</v>
+      </c>
+      <c r="G60" s="60" t="s">
+        <v>319</v>
+      </c>
+      <c r="H60" s="60" t="s">
+        <v>320</v>
+      </c>
+      <c r="I60" s="60" t="s">
+        <v>321</v>
+      </c>
+      <c r="J60" s="60" t="s">
+        <v>322</v>
+      </c>
+      <c r="K60" s="62" t="s">
+        <v>323</v>
+      </c>
+      <c r="L60" s="52" t="s">
+        <v>369</v>
+      </c>
+      <c r="M60" s="53">
+        <v>45995</v>
+      </c>
+      <c r="N60" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O60" s="52"/>
+      <c r="P60" s="55"/>
+      <c r="Q60" s="68">
+        <v>8906</v>
+      </c>
+      <c r="R60" s="34">
+        <v>46001</v>
+      </c>
+      <c r="S60" s="25"/>
+      <c r="T60" s="25"/>
+      <c r="U60" s="25"/>
+    </row>
+    <row r="61" spans="1:21" ht="140.4" x14ac:dyDescent="0.3">
+      <c r="A61" s="11">
+        <v>58</v>
+      </c>
+      <c r="B61" s="52">
+        <v>9992</v>
+      </c>
+      <c r="C61" s="52" t="s">
+        <v>370</v>
+      </c>
+      <c r="D61" s="53">
+        <v>45974</v>
+      </c>
+      <c r="E61" s="61">
+        <v>45975</v>
+      </c>
+      <c r="F61" s="52" t="s">
+        <v>371</v>
+      </c>
+      <c r="G61" s="59" t="s">
+        <v>101</v>
+      </c>
+      <c r="H61" s="59" t="s">
+        <v>102</v>
+      </c>
+      <c r="I61" s="59" t="s">
+        <v>103</v>
+      </c>
+      <c r="J61" s="52" t="s">
+        <v>372</v>
+      </c>
+      <c r="K61" s="52" t="s">
+        <v>373</v>
+      </c>
+      <c r="L61" s="52" t="s">
+        <v>374</v>
+      </c>
+      <c r="M61" s="53">
+        <v>45995</v>
+      </c>
+      <c r="N61" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="O61" s="53">
+        <v>46017</v>
+      </c>
+      <c r="P61" s="52" t="s">
+        <v>268</v>
+      </c>
+      <c r="Q61" s="68" t="s">
+        <v>439</v>
+      </c>
+      <c r="R61" s="34" t="s">
+        <v>438</v>
+      </c>
+      <c r="S61" s="25"/>
+      <c r="T61" s="25"/>
+      <c r="U61" s="25"/>
+    </row>
+    <row r="62" spans="1:21" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A62" s="11">
+        <v>59</v>
+      </c>
+      <c r="B62" s="52">
+        <v>22881</v>
+      </c>
+      <c r="C62" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D62" s="53">
+        <v>45972</v>
+      </c>
+      <c r="E62" s="61">
+        <v>45975</v>
+      </c>
+      <c r="F62" s="52" t="s">
+        <v>375</v>
+      </c>
+      <c r="G62" s="52" t="s">
+        <v>376</v>
+      </c>
+      <c r="H62" s="52" t="s">
+        <v>280</v>
+      </c>
+      <c r="I62" s="52" t="s">
+        <v>377</v>
+      </c>
+      <c r="J62" s="52" t="s">
+        <v>375</v>
+      </c>
+      <c r="K62" s="52" t="s">
+        <v>378</v>
+      </c>
+      <c r="L62" s="52" t="s">
+        <v>379</v>
+      </c>
+      <c r="M62" s="53">
+        <v>45995</v>
+      </c>
+      <c r="N62" s="52" t="s">
+        <v>380</v>
+      </c>
+      <c r="O62" s="52"/>
+      <c r="P62" s="55"/>
+      <c r="Q62" s="42">
+        <v>8760</v>
+      </c>
+      <c r="R62" s="41">
+        <v>45993</v>
+      </c>
+      <c r="S62" s="25"/>
+      <c r="T62" s="25"/>
+      <c r="U62" s="25"/>
+    </row>
+    <row r="63" spans="1:21" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A63" s="11">
+        <v>60</v>
+      </c>
+      <c r="B63" s="52">
+        <v>20437</v>
+      </c>
+      <c r="C63" s="52" t="s">
+        <v>381</v>
+      </c>
+      <c r="D63" s="53">
+        <v>45979</v>
+      </c>
+      <c r="E63" s="53">
+        <v>45980</v>
+      </c>
+      <c r="F63" s="52" t="s">
+        <v>382</v>
+      </c>
+      <c r="G63" s="52" t="s">
+        <v>26</v>
+      </c>
+      <c r="H63" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="I63" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="J63" s="52" t="s">
+        <v>383</v>
+      </c>
+      <c r="K63" s="65" t="s">
+        <v>384</v>
+      </c>
+      <c r="L63" s="52" t="s">
+        <v>385</v>
+      </c>
+      <c r="M63" s="53">
+        <v>45986</v>
+      </c>
+      <c r="N63" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O63" s="52"/>
+      <c r="P63" s="55"/>
+      <c r="Q63" s="42">
+        <v>8510</v>
+      </c>
+      <c r="R63" s="41">
+        <v>45986</v>
+      </c>
+      <c r="S63" s="25"/>
+      <c r="T63" s="25"/>
+      <c r="U63" s="25"/>
+    </row>
+    <row r="64" spans="1:21" ht="78" x14ac:dyDescent="0.3">
+      <c r="A64" s="11">
+        <v>61</v>
+      </c>
+      <c r="B64" s="52">
+        <v>20437</v>
+      </c>
+      <c r="C64" s="52" t="s">
+        <v>386</v>
+      </c>
+      <c r="D64" s="53">
+        <v>45980</v>
+      </c>
+      <c r="E64" s="53">
+        <v>45985</v>
+      </c>
+      <c r="F64" s="52" t="s">
+        <v>387</v>
+      </c>
+      <c r="G64" s="52" t="s">
+        <v>26</v>
+      </c>
+      <c r="H64" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="I64" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="J64" s="52" t="s">
+        <v>388</v>
+      </c>
+      <c r="K64" s="65" t="s">
+        <v>389</v>
+      </c>
+      <c r="L64" s="52" t="s">
+        <v>390</v>
+      </c>
+      <c r="M64" s="53">
+        <v>45996</v>
+      </c>
+      <c r="N64" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O64" s="52"/>
+      <c r="P64" s="55"/>
+      <c r="Q64" s="42">
+        <v>8761</v>
+      </c>
+      <c r="R64" s="41">
+        <v>45993</v>
+      </c>
+      <c r="S64" s="25"/>
+      <c r="T64" s="25"/>
+      <c r="U64" s="25"/>
+    </row>
+    <row r="65" spans="1:21" ht="78" x14ac:dyDescent="0.3">
+      <c r="A65" s="11">
+        <v>62</v>
+      </c>
+      <c r="B65" s="52">
+        <v>23457</v>
+      </c>
+      <c r="C65" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D65" s="53">
+        <v>45980</v>
+      </c>
+      <c r="E65" s="53">
+        <v>45987</v>
+      </c>
+      <c r="F65" s="52" t="s">
+        <v>334</v>
+      </c>
+      <c r="G65" s="52" t="s">
+        <v>391</v>
+      </c>
+      <c r="H65" s="52" t="s">
+        <v>392</v>
+      </c>
+      <c r="I65" s="52" t="s">
+        <v>393</v>
+      </c>
+      <c r="J65" s="52" t="s">
+        <v>394</v>
+      </c>
+      <c r="K65" s="52" t="s">
+        <v>395</v>
+      </c>
+      <c r="L65" s="52" t="s">
+        <v>396</v>
+      </c>
+      <c r="M65" s="53">
+        <v>46007</v>
+      </c>
+      <c r="N65" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O65" s="52"/>
+      <c r="P65" s="55"/>
+      <c r="Q65" s="42">
+        <v>9234</v>
+      </c>
+      <c r="R65" s="41">
+        <v>46013</v>
+      </c>
+      <c r="S65" s="25"/>
+      <c r="T65" s="25"/>
+      <c r="U65" s="25"/>
+    </row>
+    <row r="66" spans="1:21" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A66" s="11">
+        <v>63</v>
+      </c>
+      <c r="B66" s="52">
+        <v>497</v>
+      </c>
+      <c r="C66" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D66" s="53">
+        <v>45980</v>
+      </c>
+      <c r="E66" s="53">
+        <v>45988</v>
+      </c>
+      <c r="F66" s="52" t="s">
+        <v>397</v>
+      </c>
+      <c r="G66" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="H66" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="I66" s="52" t="s">
+        <v>25</v>
+      </c>
+      <c r="J66" s="52" t="s">
+        <v>45</v>
+      </c>
+      <c r="K66" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="L66" s="52" t="s">
+        <v>398</v>
+      </c>
+      <c r="M66" s="53">
+        <v>45996</v>
+      </c>
+      <c r="N66" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O66" s="52"/>
+      <c r="P66" s="55"/>
+      <c r="Q66" s="42">
+        <v>8670</v>
+      </c>
+      <c r="R66" s="41">
+        <v>45992</v>
+      </c>
+      <c r="S66" s="25"/>
+      <c r="T66" s="25"/>
+      <c r="U66" s="25"/>
+    </row>
+    <row r="67" spans="1:21" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A67" s="11">
+        <v>64</v>
+      </c>
+      <c r="B67" s="52">
+        <v>17253</v>
+      </c>
+      <c r="C67" s="52" t="s">
+        <v>399</v>
+      </c>
+      <c r="D67" s="53">
+        <v>45988</v>
+      </c>
+      <c r="E67" s="53">
+        <v>45989</v>
+      </c>
+      <c r="F67" s="52" t="s">
+        <v>228</v>
+      </c>
+      <c r="G67" s="52" t="s">
+        <v>195</v>
+      </c>
+      <c r="H67" s="52" t="s">
+        <v>132</v>
+      </c>
+      <c r="I67" s="52" t="s">
+        <v>196</v>
+      </c>
+      <c r="J67" s="52" t="s">
+        <v>400</v>
+      </c>
+      <c r="K67" s="52" t="s">
+        <v>401</v>
+      </c>
+      <c r="L67" s="52" t="s">
+        <v>402</v>
+      </c>
+      <c r="M67" s="53">
+        <v>46008</v>
+      </c>
+      <c r="N67" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="O67" s="53">
+        <v>46036</v>
+      </c>
+      <c r="P67" s="55"/>
+      <c r="Q67" s="69" t="s">
+        <v>440</v>
+      </c>
+      <c r="R67" s="34" t="s">
+        <v>441</v>
+      </c>
+      <c r="S67" s="25"/>
+      <c r="T67" s="25"/>
+      <c r="U67" s="25"/>
+    </row>
+    <row r="68" spans="1:21" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A68" s="11">
+        <v>65</v>
+      </c>
+      <c r="B68" s="52">
+        <v>497</v>
+      </c>
+      <c r="C68" s="52" t="s">
+        <v>403</v>
+      </c>
+      <c r="D68" s="53">
+        <v>45988</v>
+      </c>
+      <c r="E68" s="53">
+        <v>45989</v>
+      </c>
+      <c r="F68" s="52" t="s">
+        <v>228</v>
+      </c>
+      <c r="G68" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="H68" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="I68" s="52" t="s">
+        <v>25</v>
+      </c>
+      <c r="J68" s="54" t="s">
+        <v>107</v>
+      </c>
+      <c r="K68" s="54" t="s">
+        <v>108</v>
+      </c>
+      <c r="L68" s="52" t="s">
+        <v>404</v>
+      </c>
+      <c r="M68" s="53">
+        <v>46008</v>
+      </c>
+      <c r="N68" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="O68" s="53">
+        <v>46042</v>
+      </c>
+      <c r="P68" s="55"/>
+      <c r="Q68" s="42">
+        <v>9233</v>
+      </c>
+      <c r="R68" s="41">
+        <v>46013</v>
+      </c>
+      <c r="S68" s="25"/>
+      <c r="T68" s="25"/>
+      <c r="U68" s="25"/>
+    </row>
+    <row r="69" spans="1:21" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A69" s="11">
+        <v>66</v>
+      </c>
+      <c r="B69" s="52">
+        <v>18218</v>
+      </c>
+      <c r="C69" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D69" s="52" t="s">
+        <v>417</v>
+      </c>
+      <c r="E69" s="53">
+        <v>46003</v>
+      </c>
+      <c r="F69" s="52" t="s">
+        <v>418</v>
+      </c>
+      <c r="G69" s="52" t="s">
+        <v>419</v>
+      </c>
+      <c r="H69" s="52" t="s">
+        <v>420</v>
+      </c>
+      <c r="I69" s="52" t="s">
+        <v>421</v>
+      </c>
+      <c r="J69" s="52" t="s">
+        <v>418</v>
+      </c>
+      <c r="K69" s="52" t="s">
+        <v>422</v>
+      </c>
+      <c r="L69" s="52" t="s">
+        <v>423</v>
+      </c>
+      <c r="M69" s="53">
+        <v>46020</v>
+      </c>
+      <c r="N69" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O69" s="52"/>
+      <c r="P69" s="55"/>
+      <c r="Q69" s="42">
+        <v>9417</v>
+      </c>
+      <c r="R69" s="41">
+        <v>46020</v>
+      </c>
+      <c r="S69" s="25"/>
+      <c r="T69" s="25"/>
+      <c r="U69" s="25"/>
+    </row>
+    <row r="70" spans="1:21" ht="109.2" x14ac:dyDescent="0.3">
+      <c r="A70" s="11">
+        <v>67</v>
+      </c>
+      <c r="B70" s="52">
+        <v>14938</v>
+      </c>
+      <c r="C70" s="52" t="s">
+        <v>424</v>
+      </c>
+      <c r="D70" s="53">
+        <v>46003</v>
+      </c>
+      <c r="E70" s="53">
+        <v>46003</v>
+      </c>
+      <c r="F70" s="52" t="s">
+        <v>425</v>
+      </c>
+      <c r="G70" s="52" t="s">
+        <v>271</v>
+      </c>
+      <c r="H70" s="52" t="s">
+        <v>272</v>
+      </c>
+      <c r="I70" s="52" t="s">
+        <v>273</v>
+      </c>
+      <c r="J70" s="52" t="s">
+        <v>426</v>
+      </c>
+      <c r="K70" s="52" t="s">
+        <v>427</v>
+      </c>
+      <c r="L70" s="52" t="s">
+        <v>428</v>
+      </c>
+      <c r="M70" s="53">
+        <v>374738</v>
+      </c>
+      <c r="N70" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="O70" s="53"/>
+      <c r="P70" s="55"/>
+      <c r="Q70" s="42">
+        <v>9419</v>
+      </c>
+      <c r="R70" s="41">
+        <v>46020</v>
+      </c>
+      <c r="S70" s="25"/>
+      <c r="T70" s="25"/>
+      <c r="U70" s="25"/>
+    </row>
+    <row r="71" spans="1:21" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A71" s="11">
+        <v>68</v>
+      </c>
+      <c r="B71" s="52">
+        <v>15016</v>
+      </c>
+      <c r="C71" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D71" s="52" t="s">
+        <v>45</v>
+      </c>
+      <c r="E71" s="53">
+        <v>46003</v>
+      </c>
+      <c r="F71" s="52" t="s">
+        <v>429</v>
+      </c>
+      <c r="G71" s="52" t="s">
+        <v>430</v>
+      </c>
+      <c r="H71" s="52" t="s">
+        <v>431</v>
+      </c>
+      <c r="I71" s="52" t="s">
+        <v>432</v>
+      </c>
+      <c r="J71" s="52" t="s">
+        <v>433</v>
+      </c>
+      <c r="K71" s="52" t="s">
+        <v>434</v>
+      </c>
+      <c r="L71" s="52" t="s">
+        <v>435</v>
+      </c>
+      <c r="M71" s="53">
+        <v>46020</v>
+      </c>
+      <c r="N71" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="O71" s="52"/>
+      <c r="P71" s="55"/>
+      <c r="Q71" s="42">
+        <v>9421</v>
+      </c>
+      <c r="R71" s="41">
+        <v>46020</v>
+      </c>
+      <c r="S71" s="25"/>
+      <c r="T71" s="25"/>
+      <c r="U71" s="25"/>
+    </row>
+    <row r="72" spans="1:21" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A72" s="11">
+        <v>69</v>
+      </c>
+      <c r="B72" s="52">
+        <v>23879</v>
+      </c>
+      <c r="C72" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D72" s="53">
+        <v>46020</v>
+      </c>
+      <c r="E72" s="53">
+        <v>46020</v>
+      </c>
+      <c r="F72" s="52" t="s">
+        <v>436</v>
+      </c>
+      <c r="G72" s="52" t="s">
+        <v>210</v>
+      </c>
+      <c r="H72" s="52" t="s">
+        <v>211</v>
+      </c>
+      <c r="I72" s="52" t="s">
+        <v>182</v>
+      </c>
+      <c r="J72" s="52" t="s">
+        <v>436</v>
+      </c>
+      <c r="K72" s="52" t="s">
+        <v>437</v>
+      </c>
+      <c r="L72" s="52" t="s">
+        <v>213</v>
+      </c>
+      <c r="M72" s="53">
+        <v>46041</v>
+      </c>
+      <c r="N72" s="52"/>
+      <c r="O72" s="52"/>
+      <c r="P72" s="55"/>
+      <c r="Q72" s="25"/>
+      <c r="R72" s="25"/>
+      <c r="S72" s="25"/>
+      <c r="T72" s="25"/>
+      <c r="U72" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="Q1:S2"/>
     <mergeCell ref="T1:U2"/>
     <mergeCell ref="I1:I3"/>
     <mergeCell ref="J1:J3"/>
     <mergeCell ref="K1:K3"/>
     <mergeCell ref="L1:L3"/>
     <mergeCell ref="M1:N2"/>
     <mergeCell ref="O1:P2"/>
     <mergeCell ref="H1:H3"/>
     <mergeCell ref="B1:B3"/>
     <mergeCell ref="C1:D2"/>
     <mergeCell ref="E1:E3"/>
     <mergeCell ref="F1:F3"/>
     <mergeCell ref="G1:G3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="29" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">